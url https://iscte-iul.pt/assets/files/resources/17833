--- v0 (2026-02-06)
+++ v1 (2026-03-19)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="56E939CB" w14:textId="77777777" w:rsidR="001166B5" w:rsidRDefault="001166B5" w:rsidP="002F549E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8280"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:right="-22"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:caps/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="389C5DE4" w14:textId="2441FEBD" w:rsidR="00D22628" w:rsidRPr="001C5CC2" w:rsidRDefault="00D22628" w:rsidP="001C5CC2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="28"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -145,51 +145,51 @@
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5CD314" w14:textId="77777777" w:rsidR="00F71F07" w:rsidRPr="00B223B0" w:rsidRDefault="00F71F07" w:rsidP="00B223B0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47EE82E8" w14:textId="74640C77" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="008F1F07">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1F07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Planned period of the training</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1F07">
         <w:rPr>
@@ -1027,52 +1027,50 @@
             <w:tcW w:w="2737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="63AC669C" w14:textId="38B74161" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ISCTE</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1941" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="67E95321" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
@@ -1303,100 +1301,102 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3B04272A" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
+          <w:p w14:paraId="3B04272A" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="00145E84" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:t>Av</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008F1F07">
+            <w:r w:rsidRPr="00145E84">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:t>. Das Forças Armadas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="295F59B1" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
+          <w:p w14:paraId="295F59B1" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="00145E84" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F1F07">
+            <w:r w:rsidRPr="00145E84">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:t>1649-026 Lisboa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1941" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4A00A734" w14:textId="77777777" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008F1F07" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
@@ -1611,66 +1611,66 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact person </w:t>
             </w:r>
             <w:r w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
               <w:t>e-mail and phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC7EB8D" w14:textId="16B64189" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="008E67BB" w:rsidP="000F3A83">
+          <w:p w14:paraId="5EC7EB8D" w14:textId="16B64189" w:rsidR="008F1F07" w:rsidRPr="008F1F07" w:rsidRDefault="000F3A83" w:rsidP="000F3A83">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="000F3A83" w:rsidRPr="00587362">
+              <w:r w:rsidRPr="00587362">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hiperligao"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-BE"/>
                 </w:rPr>
                 <w:t>iro@iscte-iul.pt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC4201" w:rsidRPr="008F1F07" w14:paraId="5F341D02" w14:textId="77777777" w:rsidTr="00EC4201">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4C05B2C6" w14:textId="0B9CDDC9" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -1708,132 +1708,132 @@
           <w:p w14:paraId="56DDFE60" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Size of enterprise</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DB5F94B" w14:textId="4C04226D" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
+          <w:p w14:paraId="7DB5F94B" w14:textId="4C04226D" w:rsidR="00EC4201" w:rsidRPr="00145E84" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="fr-BE"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDA4D43" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
+          <w:p w14:paraId="3CDA4D43" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2009170631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EC4201" w:rsidRPr="008F1F07">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00EC4201" w:rsidRPr="008F1F07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&lt;250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4929AF3A" w14:textId="1DD2D278" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
+          <w:p w14:paraId="4929AF3A" w14:textId="1DD2D278" w:rsidR="00EC4201" w:rsidRPr="008F1F07" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1525367799"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -1879,51 +1879,51 @@
     <w:p w14:paraId="1D7137AB" w14:textId="3F49692D" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
       <w:pPr>
         <w:ind w:right="-992"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Receiving Institution / Enterprise</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Refdenotadefim"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9631" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2413,51 +2413,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="2318BDE6" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00A90AAA" w:rsidRDefault="00EC4201" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56E93A1E" w14:textId="0F7E9235" w:rsidR="007967A9" w:rsidRPr="00EC4201" w:rsidRDefault="007967A9" w:rsidP="007967A9">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Ttulo4"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For guidelines, please look </w:t>
       </w:r>
       <w:r w:rsidR="00967A21" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -2561,91 +2561,91 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1831B6C0" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="463CA816" w14:textId="680AAE17" w:rsidR="00EC4201" w:rsidRPr="00C148E2" w:rsidRDefault="00EC4201" w:rsidP="00C148E2">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PROPOSED MOBILITY PROGRAMME</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="200920A5" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56E93A25" w14:textId="4C4149DA" w:rsidR="00377526" w:rsidRPr="00EC4201" w:rsidRDefault="008C3569" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Main s</w:t>
       </w:r>
       <w:r w:rsidR="005E466D" w:rsidRPr="00EC4201">
         <w:rPr>
@@ -2689,51 +2689,51 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>____________________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_ .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4FCE3EF6" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00377526" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Level</w:t>
       </w:r>
       <w:r w:rsidR="00466BFF" w:rsidRPr="00EC4201">
         <w:rPr>
@@ -2754,53 +2754,53 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the main </w:t>
       </w:r>
       <w:r w:rsidR="00466BFF" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>one)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068F7FD7" w14:textId="1D4180ED" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
-[...1 lines deleted...]
-        <w:pStyle w:val="CommentText"/>
+    <w:p w14:paraId="068F7FD7" w14:textId="1D4180ED" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
+      <w:pPr>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1865860397"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -2824,76 +2824,56 @@
       <w:r w:rsidR="00EC4201" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Short cycle </w:t>
       </w:r>
       <w:r w:rsidR="00EC4201" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> level 5)</w:t>
+        <w:t>(EQF level 5)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FDCAE7" w14:textId="79E5DBE8" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
-[...1 lines deleted...]
-        <w:pStyle w:val="CommentText"/>
+    <w:p w14:paraId="79FDCAE7" w14:textId="79E5DBE8" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
+      <w:pPr>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-2069023098"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -2926,76 +2906,56 @@
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bachelor </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiv</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>alent first cycle (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> level 6)</w:t>
+        <w:t>alent first cycle (EQF level 6)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D23586" w14:textId="03E254BA" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
-[...1 lines deleted...]
-        <w:pStyle w:val="CommentText"/>
+    <w:p w14:paraId="65D23586" w14:textId="03E254BA" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
+      <w:pPr>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="759108802"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -3028,76 +2988,56 @@
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Master </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiva</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>lent second cycle (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> level 7)</w:t>
+        <w:t>lent second cycle (EQF level 7)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E93A26" w14:textId="47F909E7" w:rsidR="00377526" w:rsidRPr="00EC4201" w:rsidRDefault="008E67BB" w:rsidP="00EC4201">
-[...1 lines deleted...]
-        <w:pStyle w:val="CommentText"/>
+    <w:p w14:paraId="56E93A26" w14:textId="47F909E7" w:rsidR="00377526" w:rsidRPr="00EC4201" w:rsidRDefault="00145E84" w:rsidP="00EC4201">
+      <w:pPr>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="424539863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -3121,94 +3061,74 @@
       <w:r w:rsidR="00EC4201" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>or equivalent third cycle (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> level 8)</w:t>
+        <w:t>or equivalent third cycle (EQF level 8)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35525FD5" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F83AC1F" w14:textId="77777777" w:rsidR="00A90AAA" w:rsidRDefault="00377526" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Number of students at the receiving institution benefiting from the teaching programme:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
@@ -3220,73 +3140,95 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_ .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2B710EB1" w14:textId="77777777" w:rsidR="00A90AAA" w:rsidRDefault="00377526" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Number of teaching hours</w:t>
+        <w:t xml:space="preserve">Number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4201">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4201">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
@@ -3298,51 +3240,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A90AAA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_ .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="63DFBEF5" w14:textId="1078D073" w:rsidR="00466BFF" w:rsidRDefault="00466BFF" w:rsidP="00EC4201">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Language of instruction:</w:t>
       </w:r>
       <w:r w:rsidR="00A90AAA" w:rsidRPr="00A90AAA">
         <w:rPr>
@@ -3371,51 +3313,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_ .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9213" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9213"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC4201" w:rsidRPr="00FB6B38" w14:paraId="5B094343" w14:textId="77777777" w:rsidTr="00EC4201">
+      <w:tr w:rsidR="00EC4201" w:rsidRPr="00145E84" w14:paraId="5B094343" w14:textId="77777777" w:rsidTr="00EC4201">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9213" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DB69191" w14:textId="60D7A3AE" w:rsidR="00EC4201" w:rsidRPr="00A90AAA" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4201">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -3441,51 +3383,51 @@
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D6A1DE2" w14:textId="16E15640" w:rsidR="00EC4201" w:rsidRPr="00EC4201" w:rsidRDefault="00EC4201" w:rsidP="00EC4201">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4201" w:rsidRPr="00FB6B38" w14:paraId="5522D0CA" w14:textId="77777777" w:rsidTr="00EC4201">
+      <w:tr w:rsidR="00EC4201" w:rsidRPr="00145E84" w14:paraId="5522D0CA" w14:textId="77777777" w:rsidTr="00EC4201">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9213" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="231C1346" w14:textId="65DB5B91" w:rsidR="00EC4201" w:rsidRPr="00A90AAA" w:rsidRDefault="00EC4201" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4201">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -3509,51 +3451,51 @@
           </w:p>
           <w:p w14:paraId="61F66CF3" w14:textId="77777777" w:rsidR="00EC4201" w:rsidRPr="00A90AAA" w:rsidRDefault="00EC4201" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45367492" w14:textId="2F9AD552" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4201" w:rsidRPr="00FB6B38" w14:paraId="30782EB2" w14:textId="77777777" w:rsidTr="00EC4201">
+      <w:tr w:rsidR="00EC4201" w:rsidRPr="00145E84" w14:paraId="30782EB2" w14:textId="77777777" w:rsidTr="00EC4201">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9213" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3BEE8A67" w14:textId="3A830C60" w:rsidR="00EC4201" w:rsidRPr="00A90AAA" w:rsidRDefault="00EC4201" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3565,51 +3507,51 @@
           <w:p w14:paraId="507E8575" w14:textId="5B1560CD" w:rsidR="00C148E2" w:rsidRPr="00A90AAA" w:rsidRDefault="00C148E2" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C8CCBEE" w14:textId="6D17F30E" w:rsidR="00C148E2" w:rsidRPr="00EC4201" w:rsidRDefault="00C148E2" w:rsidP="00C148E2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C148E2" w:rsidRPr="00FB6B38" w14:paraId="076FF5D5" w14:textId="77777777" w:rsidTr="00EC4201">
+      <w:tr w:rsidR="00C148E2" w:rsidRPr="00145E84" w14:paraId="076FF5D5" w14:textId="77777777" w:rsidTr="00EC4201">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9213" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="560E54A4" w14:textId="523F8B5A" w:rsidR="00C148E2" w:rsidRPr="00A90AAA" w:rsidRDefault="00C148E2" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3655,123 +3597,82 @@
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76C1E4B5" w14:textId="7CEAC82D" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="0094689E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62706A6B" w14:textId="3D737CE7" w:rsidR="00153B61" w:rsidRPr="00C148E2" w:rsidRDefault="00363AEC" w:rsidP="00C148E2">
+    <w:p w14:paraId="62706A6B" w14:textId="3D737CE7" w:rsidR="00153B61" w:rsidRPr="00145E84" w:rsidRDefault="00363AEC" w:rsidP="00C148E2">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C148E2">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00145E84">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00377526" w:rsidRPr="00C148E2">
+      <w:r w:rsidR="00377526" w:rsidRPr="00145E84">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> PARTIES</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>II. COMMITMENT OF THE THREE PARTIES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E6684E" w14:textId="55FA5B74" w:rsidR="00153B61" w:rsidRPr="00C148E2" w:rsidRDefault="00153B61" w:rsidP="005E13E4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>By signin</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
@@ -4135,51 +4036,51 @@
           <w:p w14:paraId="56E93A48" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00C148E2" w:rsidRDefault="00377526" w:rsidP="00A14125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Refdenotadefim"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
               <w:t>Date:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -4201,104 +4102,113 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8841" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00377526" w:rsidRPr="00C148E2" w14:paraId="56E93A4E" w14:textId="77777777" w:rsidTr="00107B17">
+      <w:tr w:rsidR="00377526" w:rsidRPr="00145E84" w14:paraId="56E93A4E" w14:textId="77777777" w:rsidTr="00107B17">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8841" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="56E93A4B" w14:textId="482174EC" w:rsidR="00377526" w:rsidRPr="00C148E2" w:rsidRDefault="00377526" w:rsidP="00413837">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The sending institution/enterprise</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E93A4C" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00C148E2" w:rsidRDefault="00377526" w:rsidP="00DA5ED4">
+          <w:p w14:paraId="56E93A4C" w14:textId="666BC109" w:rsidR="00377526" w:rsidRPr="00C148E2" w:rsidRDefault="00377526" w:rsidP="00DA5ED4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of the responsible person:</w:t>
+            </w:r>
+            <w:r w:rsidR="00145E84">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Alejandra Ortiz, Director of IRO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56E93A4D" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00C148E2" w:rsidRDefault="00377526" w:rsidP="00A14125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C148E2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
@@ -4494,550 +4404,394 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1856CFD4" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00D03E19" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03E19">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342A0417" w14:textId="3B470C0B" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Adaptations of this template:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEBAF1C" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In case the mobility combines teaching and training activities, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>this template</w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be used and adjusted to fit both activity types.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA9AD52" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the case of mobility between </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Programme and Partner Country </w:t>
+        <w:t>Programme and Partner Country HEIs</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, this agreement must be always signed by the staff member, the Programme Country </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (three signatures in total). </w:t>
+        <w:t xml:space="preserve">, this agreement must be always signed by the staff member, the Programme Country HEI and the Partner Country HEI (three signatures in total). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6B0F0F" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the case of </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">invited staff from enterprises to teach in Partner Country </w:t>
+        <w:t>invited staff from enterprises to teach in Partner Country HEIs</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, this agreement must be signed by the participant, the Programme Country </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> organising the mobility. </w:t>
+        <w:t xml:space="preserve">, this agreement must be signed by the participant, the Programme Country HEI as beneficiary; the Partner Country HEI receiving the staff member and the Programme Country enterprise (four signatures in total).  An additional space will be added for signature of the Programme Country HEI organising the mobility. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2D9E58" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">invited staff from enterprises to teach in Programme Country </w:t>
+        <w:t>invited staff from enterprises to teach in Programme Country HEIs</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, it will be sufficient with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">signature of the staff member, the Programme Country </w:t>
+        <w:t>signature of the staff member, the Programme Country HEI and the sending organisation (three signatures in total, same as in mobility between Programme Countries).</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C148E2">
+    </w:p>
+    <w:p w14:paraId="0D208564" w14:textId="77777777" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotadefim"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="714"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>HEI</w:t>
-[...22 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33AA04A0" w14:textId="10040A37" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="00C148E2" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E13E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Seniority:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Junior (approx. &lt; 10 years of experience), Intermediate (approx. &gt; 10 and &lt; 20 years of experience) or Senior (approx. &gt; 20 years of experience).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C8049EA" w14:textId="24028FE4" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Nationality: </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country to which the person belongs administratively and that issues the ID card and/or passport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A05D0B" w14:textId="30B78019" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -5062,142 +4816,142 @@
         </w:rPr>
         <w:t>youth</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidDel="00483C6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="231E29F7" w14:textId="198B6EB0" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus Code: </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A unique identifier that every higher education institution that has been awarded with the Erasmus Charter for Higher Education receives. It is only applicable to higher education institutions located in Programme Countries.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573CC0B2" w14:textId="77ABC4AF" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country code</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: ISO 3166-2 country codes available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:anchor="search" w:history="1">
         <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.iso.org/obp/ui/#search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B95B72" w14:textId="724C974C" w:rsidR="00C148E2" w:rsidRPr="00C148E2" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -5223,154 +4977,134 @@
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>ISCED-F 2013 search tool</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>http://ec.europa.eu/education/tools/isced-f_en.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hiperligao"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be used to find the </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2013 detailed field of education and training.</w:t>
+        <w:t xml:space="preserve"> should be used to find the ISCED 2013 detailed field of education and training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7A0D44" w14:textId="77777777" w:rsidR="005E13E4" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A minimum of 8 teaching hours per week (or any shorter period of stay) has to be respected. If the mobility lasts longer than one week, the minimum number of teaching hours for an incomplete week shall be proportional to the duration of that week. If the teaching activity is combined with a training activity during a single period abroad, the minimum is reduced to 4 teaching hours per week (or any shorter period of stay). There is no minimum number of teaching hours for invited staff from enterprises.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C3B41D" w14:textId="5427B2AB" w:rsidR="00C148E2" w:rsidRPr="005E13E4" w:rsidRDefault="005E13E4" w:rsidP="005E13E4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textodenotadefim"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
       <w:r w:rsidR="00C148E2" w:rsidRPr="00C148E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -5382,298 +5116,297 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>depending on the national legislation of the country of the sending institution (in the case of mobility with Partner Countries: the national legislation of the Programme Country). Certificates of attendance can be provided electronically or through any other means accessible to the staff member and the sending institution.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C148E2" w:rsidRPr="005E13E4" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30E1FF51" w14:textId="77777777" w:rsidR="008E67BB" w:rsidRDefault="008E67BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="240886E7" w14:textId="77777777" w:rsidR="008E67BB" w:rsidRDefault="008E67BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:panose1 w:val="05010000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:panose1 w:val="02040503050203030202"/>
+    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1883937177"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6FA9FEDC" w14:textId="0DB6140E" w:rsidR="0081766A" w:rsidRDefault="0081766A">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Rodap"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A90AAA">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="56E93A5E" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="007E2F6C" w:rsidRDefault="00506408" w:rsidP="007E2F6C">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9240"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:ind w:right="-171"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56E93A60" w14:textId="77777777" w:rsidR="005655B4" w:rsidRDefault="005655B4">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="56E93A61" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="00910BEB" w:rsidRDefault="00506408" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E955586" w14:textId="77777777" w:rsidR="008E67BB" w:rsidRDefault="008E67BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="28B3A43F" w14:textId="77777777" w:rsidR="008E67BB" w:rsidRDefault="008E67BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8387" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7135"/>
       <w:gridCol w:w="1252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E01AAA" w:rsidRPr="00D22628" w14:paraId="56E93A5C" w14:textId="77777777" w:rsidTr="00084A0C">
       <w:trPr>
         <w:trHeight w:val="823"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7135" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="56E93A5A" w14:textId="5ACC1D85" w:rsidR="00E01AAA" w:rsidRPr="00AD66BB" w:rsidRDefault="00E01AAA" w:rsidP="00AD66BB">
           <w:pPr>
@@ -5710,51 +5443,51 @@
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1252" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="56E93A5B" w14:textId="12DC2951" w:rsidR="00E01AAA" w:rsidRPr="00967BFC" w:rsidRDefault="00E01AAA" w:rsidP="00C05937">
           <w:pPr>
             <w:pStyle w:val="ZDGName"/>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="56E93A5D" w14:textId="639570A0" w:rsidR="00506408" w:rsidRPr="00B6735A" w:rsidRDefault="008F1F07" w:rsidP="00084A0C">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:right="-743"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56E93A64" wp14:editId="3D6DA5A2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
@@ -6169,92 +5902,92 @@
                     </w:pPr>
                     <w:r w:rsidRPr="008F1F07">
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56E93A5F" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="00865FC1" w:rsidRDefault="00506408" w:rsidP="00E01AAA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA58E78E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber5"/>
+      <w:pStyle w:val="Listanumerada5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E7A64A6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet5"/>
+      <w:pStyle w:val="Listacommarcas5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7047,51 +6780,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1530A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CE23BCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber2"/>
+      <w:pStyle w:val="Listanumerada2"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7398,90 +7131,90 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A006A0C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F734306"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="406E0E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Ttulo3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Ttulo4"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
@@ -7515,51 +7248,51 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DD3599"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EAA5BA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
+      <w:pStyle w:val="Listanumerada"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumberLevel2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1417"/>
         </w:tabs>
         <w:ind w:left="1417" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7659,51 +7392,51 @@
     <w:tmpl w:val="A4DC141A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CAB4527"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C24C12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber3"/>
+      <w:pStyle w:val="Listanumerada3"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber3Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -8149,72 +7882,72 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFB6DC8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D97CFDF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Listacommarcas2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CF00E18"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4E1A982C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Listacommarcas"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41AF1523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38103490"/>
     <w:lvl w:ilvl="0" w:tplc="57E204CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="List51"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -9433,51 +9166,51 @@
     <w:tmpl w:val="3D5ECD48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListDash1"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620F2440"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6860A420"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet3"/>
+      <w:pStyle w:val="Listacommarcas3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627F7E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="904C4CBE"/>
     <w:lvl w:ilvl="0" w:tplc="63DC5BDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
@@ -9545,72 +9278,72 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF118C0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B90C8B88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet4"/>
+      <w:pStyle w:val="Listacommarcas4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722304D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DE2758E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber4"/>
+      <w:pStyle w:val="Listanumerada4"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber4Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9857,267 +9590,267 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1482456300">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="149445325">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1911228424">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2035497814">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="922833241">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="462769290">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="166945956">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1632205303">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="278535771">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="495194636">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1640921448">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1086076746">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1436821938">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="746655897">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="435490081">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="456336501">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="577446199">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="62147028">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="659699369">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="229652609">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1453863170">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="686295313">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="807361394">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="2016154747">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="960570518">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="966817253">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1751925863">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1831092125">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1234969775">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1763069585">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="633799097">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="2090035127">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1049378725">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="265576677">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="51849592">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1258976030">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="313144448">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="2077435229">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1121847593">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="2079670245">
     <w:abstractNumId w:val="40"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="15888619">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="913978674">
     <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="167720547">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="760569221">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="442264623">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="295795517">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="524172854">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:defaultTableStyle w:val="TableGrid"/>
+  <w:defaultTableStyle w:val="TabelacomGrelha"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="REP"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D63776"/>
     <w:rsid w:val="00000B57"/>
     <w:rsid w:val="000013CA"/>
@@ -10240,50 +9973,51 @@
     <w:rsid w:val="001166B5"/>
     <w:rsid w:val="0011681E"/>
     <w:rsid w:val="00116FBB"/>
     <w:rsid w:val="00120E8D"/>
     <w:rsid w:val="00121A1B"/>
     <w:rsid w:val="00121ECE"/>
     <w:rsid w:val="00122475"/>
     <w:rsid w:val="00123225"/>
     <w:rsid w:val="00123F1B"/>
     <w:rsid w:val="00124689"/>
     <w:rsid w:val="001251BA"/>
     <w:rsid w:val="00125A38"/>
     <w:rsid w:val="001264FF"/>
     <w:rsid w:val="00130137"/>
     <w:rsid w:val="00130213"/>
     <w:rsid w:val="001310C3"/>
     <w:rsid w:val="00131D6D"/>
     <w:rsid w:val="00133E2A"/>
     <w:rsid w:val="00135752"/>
     <w:rsid w:val="00136138"/>
     <w:rsid w:val="00140769"/>
     <w:rsid w:val="00142A0B"/>
     <w:rsid w:val="00142E7C"/>
     <w:rsid w:val="00144275"/>
     <w:rsid w:val="0014545E"/>
+    <w:rsid w:val="00145E84"/>
     <w:rsid w:val="001507B9"/>
     <w:rsid w:val="00151D39"/>
     <w:rsid w:val="0015235B"/>
     <w:rsid w:val="0015351B"/>
     <w:rsid w:val="00153B61"/>
     <w:rsid w:val="00153FE2"/>
     <w:rsid w:val="0015507D"/>
     <w:rsid w:val="0015521A"/>
     <w:rsid w:val="00155F8B"/>
     <w:rsid w:val="00157579"/>
     <w:rsid w:val="0016364F"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001645EE"/>
     <w:rsid w:val="00170246"/>
     <w:rsid w:val="00174FC4"/>
     <w:rsid w:val="001804C6"/>
     <w:rsid w:val="00181A1E"/>
     <w:rsid w:val="00181BCF"/>
     <w:rsid w:val="00183A28"/>
     <w:rsid w:val="00185102"/>
     <w:rsid w:val="0018661B"/>
     <w:rsid w:val="001901AA"/>
     <w:rsid w:val="001903D7"/>
     <w:rsid w:val="0019175E"/>
     <w:rsid w:val="00196A96"/>
@@ -11101,50 +10835,51 @@
     <w:rsid w:val="00961613"/>
     <w:rsid w:val="00961702"/>
     <w:rsid w:val="00961B4C"/>
     <w:rsid w:val="00961B90"/>
     <w:rsid w:val="00965694"/>
     <w:rsid w:val="00965B22"/>
     <w:rsid w:val="00965D17"/>
     <w:rsid w:val="0096616A"/>
     <w:rsid w:val="00966432"/>
     <w:rsid w:val="00967A21"/>
     <w:rsid w:val="00967BFC"/>
     <w:rsid w:val="00972EE7"/>
     <w:rsid w:val="00973919"/>
     <w:rsid w:val="00973A58"/>
     <w:rsid w:val="00974D7E"/>
     <w:rsid w:val="00975871"/>
     <w:rsid w:val="00975998"/>
     <w:rsid w:val="009816B3"/>
     <w:rsid w:val="00981B06"/>
     <w:rsid w:val="00982B62"/>
     <w:rsid w:val="00987231"/>
     <w:rsid w:val="0098738E"/>
     <w:rsid w:val="00991496"/>
     <w:rsid w:val="00991746"/>
     <w:rsid w:val="009917CB"/>
+    <w:rsid w:val="0099322B"/>
     <w:rsid w:val="009934FE"/>
     <w:rsid w:val="009960AC"/>
     <w:rsid w:val="00996304"/>
     <w:rsid w:val="00997FFC"/>
     <w:rsid w:val="009A11CE"/>
     <w:rsid w:val="009A396A"/>
     <w:rsid w:val="009A39E6"/>
     <w:rsid w:val="009A4A80"/>
     <w:rsid w:val="009A5DF6"/>
     <w:rsid w:val="009B0365"/>
     <w:rsid w:val="009B18BB"/>
     <w:rsid w:val="009B2CDE"/>
     <w:rsid w:val="009B4E44"/>
     <w:rsid w:val="009B6C32"/>
     <w:rsid w:val="009B7169"/>
     <w:rsid w:val="009B7C02"/>
     <w:rsid w:val="009C0029"/>
     <w:rsid w:val="009C0DBC"/>
     <w:rsid w:val="009C0E7C"/>
     <w:rsid w:val="009C128A"/>
     <w:rsid w:val="009C403B"/>
     <w:rsid w:val="009C4E15"/>
     <w:rsid w:val="009C66FA"/>
     <w:rsid w:val="009C77F6"/>
     <w:rsid w:val="009D1896"/>
@@ -11767,74 +11502,74 @@
     <w:rsid w:val="00FF0871"/>
     <w:rsid w:val="00FF0F95"/>
     <w:rsid w:val="00FF3118"/>
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF5D8C"/>
     <w:rsid w:val="00FF62A2"/>
     <w:rsid w:val="00FF66CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="56E939CB"/>
   <w15:docId w15:val="{925B6C0D-636B-40EE-8133-C2434AD02526}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11884,95 +11619,98 @@
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:uiPriority="99"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -12151,236 +11889,237 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="005A1D32"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF6AA3"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text2"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text3"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Ttulo3Carter"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text4"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
     <w:name w:val="Text 1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="482"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text2">
     <w:name w:val="Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text3">
     <w:name w:val="Text 3"/>
     <w:basedOn w:val="Normal"/>
@@ -12406,957 +12145,957 @@
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTL">
     <w:name w:val="AddressTL"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTR">
     <w:name w:val="AddressTR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
+  <w:style w:type="paragraph" w:styleId="Textodebloco">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Corpodetexto2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Corpodetexto3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+  <w:style w:type="paragraph" w:styleId="Primeiroavanodecorpodetexto">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Corpodetexto"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Avanodecorpodetexto">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+  <w:style w:type="paragraph" w:styleId="Primeiroavanodecorpodetexto2">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="BodyTextIndent"/>
+    <w:basedOn w:val="Avanodecorpodetexto"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Avanodecorpodetexto2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Avanodecorpodetexto3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Legenda">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapterTitle">
     <w:name w:val="ChapterTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="SectionTitle"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle">
     <w:name w:val="SectionTitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Heading1"/>
+    <w:next w:val="Ttulo1"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Closing">
+  <w:style w:type="paragraph" w:styleId="Rematedecarta">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="TextodecomentrioCarter"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
+  <w:style w:type="paragraph" w:styleId="Data">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="References"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="5103" w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="AddressTR"/>
     <w:pPr>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
+  <w:style w:type="paragraph" w:styleId="Mapadodocumento">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DoubSign">
     <w:name w:val="DoubSign"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Enclosures"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Enclosures">
     <w:name w:val="Enclosures"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5642"/>
       </w:tabs>
       <w:spacing w:before="480" w:after="0"/>
       <w:ind w:left="1191" w:hanging="1191"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Textodenotadefim">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+  <w:style w:type="paragraph" w:styleId="Destinatrio">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+  <w:style w:type="paragraph" w:styleId="Remetente">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="RodapCarter"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="CabealhoCarter"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index1">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index2">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo2">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index3">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo3">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index4">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo4">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index5">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo5">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index6">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo6">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index7">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo7">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index8">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo8">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index9">
+  <w:style w:type="paragraph" w:styleId="ndiceremissivo9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
+  <w:style w:type="paragraph" w:styleId="Cabealhodendiceremissivo">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Index1"/>
+    <w:next w:val="ndiceremissivo1"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List2">
+  <w:style w:type="paragraph" w:styleId="Lista2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List3">
+  <w:style w:type="paragraph" w:styleId="Lista3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List4">
+  <w:style w:type="paragraph" w:styleId="Lista4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List5">
+  <w:style w:type="paragraph" w:styleId="Lista5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Listacommarcas">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Listacommarcas2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Text2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet3">
+  <w:style w:type="paragraph" w:styleId="Listacommarcas3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Text3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet4">
+  <w:style w:type="paragraph" w:styleId="Listacommarcas4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Text4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet5">
+  <w:style w:type="paragraph" w:styleId="Listacommarcas5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue">
+  <w:style w:type="paragraph" w:styleId="Listadecont">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue2">
+  <w:style w:type="paragraph" w:styleId="Listadecont2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue3">
+  <w:style w:type="paragraph" w:styleId="Listadecont3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue4">
+  <w:style w:type="paragraph" w:styleId="Listadecont4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue5">
+  <w:style w:type="paragraph" w:styleId="Listadecont5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="Listanumerada">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber2">
+  <w:style w:type="paragraph" w:styleId="Listanumerada2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Text2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber3">
+  <w:style w:type="paragraph" w:styleId="Listanumerada3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Text3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber4">
+  <w:style w:type="paragraph" w:styleId="Listanumerada4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Text4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber5">
+  <w:style w:type="paragraph" w:styleId="Listanumerada5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MacroText">
+  <w:style w:type="paragraph" w:styleId="Textodemacro">
     <w:name w:val="macro"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MessageHeader">
+  <w:style w:type="paragraph" w:styleId="Cabealhodamensagem">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="Avanonormal">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="NormalIndentChar"/>
+    <w:link w:val="AvanonormalCarter"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoteHeading">
+  <w:style w:type="paragraph" w:styleId="Cabealhodanota">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteHead">
     <w:name w:val="NoteHead"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Subject"/>
     <w:pPr>
       <w:spacing w:before="720" w:after="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
     <w:name w:val="Subject"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteList">
     <w:name w:val="NoteList"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Subject"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5823"/>
       </w:tabs>
       <w:spacing w:before="720" w:after="720"/>
       <w:ind w:left="5104" w:hanging="3119"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar1">
     <w:name w:val="NumPar 1"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Ttulo1"/>
     <w:next w:val="Text1"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:smallCaps w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar2">
     <w:name w:val="NumPar 2"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Ttulo2"/>
     <w:next w:val="Text2"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar3">
     <w:name w:val="NumPar 3"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Ttulo3"/>
     <w:next w:val="Text3"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar4">
     <w:name w:val="NumPar 4"/>
-    <w:basedOn w:val="Heading4"/>
+    <w:basedOn w:val="Ttulo4"/>
     <w:next w:val="Text4"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PartTitle">
     <w:name w:val="PartTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="ChapterTitle"/>
     <w:pPr>
       <w:keepNext/>
       <w:pageBreakBefore/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
+  <w:style w:type="paragraph" w:styleId="Textosimples">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Salutation">
+  <w:style w:type="paragraph" w:styleId="Inciodecarta">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signature">
+  <w:style w:type="paragraph" w:styleId="Assinatura">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Enclosures"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle1">
     <w:name w:val="SubTitle 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="SubTitle2"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle2">
     <w:name w:val="SubTitle 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+  <w:style w:type="paragraph" w:styleId="ndicedeautoridades">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofFigures">
+  <w:style w:type="paragraph" w:styleId="ndicedeilustraes">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="SubTitle1"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOAHeading">
+  <w:style w:type="paragraph" w:styleId="Cabealhodendicedeautoridades">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="ndice1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="482" w:right="720" w:hanging="482"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="ndice2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1077" w:right="720" w:hanging="595"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="ndice3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1916" w:right="720" w:hanging="839"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="ndice4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="2880" w:right="720" w:hanging="964"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="ndice5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="ndice6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="ndice7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="ndice8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="ndice9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="YReferences">
     <w:name w:val="YReferences"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListBullet1">
     <w:name w:val="List Bullet 1"/>
     <w:basedOn w:val="Text1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
@@ -13580,51 +13319,51 @@
     <w:name w:val="List Number 4 (Level 3)"/>
     <w:basedOn w:val="Text4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber4Level4">
     <w:name w:val="List Number 4 (Level 4)"/>
     <w:basedOn w:val="Text4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Cabealhodondice">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contact">
     <w:name w:val="Contact"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZCom">
     <w:name w:val="Z_Com"/>
     <w:basedOn w:val="Normal"/>
@@ -13640,68 +13379,68 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZDGName">
     <w:name w:val="Z_DGName"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00D63776"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="85"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hiperligao">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="006914AD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="00CD08CF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+  <w:style w:type="table" w:styleId="GrelhaMdia3-Cor2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="000420DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
@@ -13784,174 +13523,174 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar1"/>
+    <w:link w:val="TextodebaloCarter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E52A1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentTitle">
     <w:name w:val="Document Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerapproval">
     <w:name w:val="Footer approval"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Rodap"/>
     <w:link w:val="ApprovalfooterChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentTitleChar">
     <w:name w:val="Document Title Char"/>
     <w:link w:val="DocumentTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterDate">
     <w:name w:val="Footer Date"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Rodap"/>
     <w:link w:val="FooterDateChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapCarter">
+    <w:name w:val="Rodapé Caráter"/>
+    <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ApprovalfooterChar">
     <w:name w:val="Approval_footer Char"/>
-    <w:basedOn w:val="FooterChar"/>
+    <w:basedOn w:val="RodapCarter"/>
     <w:link w:val="Footerapproval"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageNumber1">
     <w:name w:val="Page Number1"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Rodap"/>
     <w:link w:val="PagenumberChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
       <w:ind w:right="-622"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterDateChar">
     <w:name w:val="Footer Date Char"/>
     <w:link w:val="FooterDate"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter">
+    <w:name w:val="Cabeçalho Caráter"/>
+    <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PagenumberChar">
     <w:name w:val="Page number Char"/>
     <w:link w:val="PageNumber1"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentSubtitle">
     <w:name w:val="Document Subtitle"/>
     <w:basedOn w:val="DocumentTitle"/>
     <w:link w:val="DocumentSubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:i/>
@@ -13968,51 +13707,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentSubtitleChar">
     <w:name w:val="Document Subtitle Char"/>
     <w:link w:val="DocumentSubtitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletpoint1">
     <w:name w:val="Bullet point1"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Avanonormal"/>
     <w:link w:val="Bulletpoint1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006D578F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="600"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderTitleChar">
     <w:name w:val="Header Title Char"/>
     <w:link w:val="HeaderTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
@@ -14020,72 +13759,72 @@
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeadingChar"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NormalIndentChar">
-[...1 lines deleted...]
-    <w:link w:val="NormalIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AvanonormalCarter">
+    <w:name w:val="Avanço normal Caráter"/>
+    <w:link w:val="Avanonormal"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bulletpoint1Char">
     <w:name w:val="Bullet point1 Char"/>
-    <w:basedOn w:val="NormalIndentChar"/>
+    <w:basedOn w:val="AvanonormalCarter"/>
     <w:link w:val="Bulletpoint1"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoint2">
     <w:name w:val="Bullet Point 2"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Avanonormal"/>
     <w:link w:val="BulletPoint2Char"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingChar">
     <w:name w:val="Heading Char"/>
     <w:link w:val="Heading"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:u w:val="single"/>
       <w:lang w:val="fr-FR"/>
@@ -14094,166 +13833,166 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyChar"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="40"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletPoint2Char">
     <w:name w:val="Bullet Point 2 Char"/>
     <w:link w:val="BulletPoint2"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading20">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
     <w:name w:val="Heading2"/>
     <w:basedOn w:val="Body"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyChar">
     <w:name w:val="Body Char"/>
     <w:link w:val="Body"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="TabelacomGrelha">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006D578F"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002395"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading2 Char"/>
-    <w:link w:val="Heading20"/>
+    <w:link w:val="Heading2"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="00EF7057"/>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableElegant">
+  <w:style w:type="table" w:styleId="Tabelaelegante">
     <w:name w:val="Table Elegant"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="00EF7057"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:caps/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Refdecomentrio">
     <w:name w:val="annotation reference"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioCarter">
+    <w:name w:val="Texto de comentário Caráter"/>
+    <w:link w:val="Textodecomentrio"/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body1">
     <w:name w:val="Body 1"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImportWordListStyleDefinition1885096063">
     <w:name w:val="Import Word List Style Definition 1885096063"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1492"/>
       </w:tabs>
@@ -15045,51 +14784,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Marcas">
     <w:name w:val="Marcas"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Smbolosdenumerao">
     <w:name w:val="Símbolos de numeração"/>
     <w:rsid w:val="00BA290F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabealho1">
     <w:name w:val="Cabeçalho1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="Corpodetexto"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Arial" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Legenda1">
     <w:name w:val="Legenda1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
@@ -15162,163 +14901,163 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentText1">
     <w:name w:val="Comment Text1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentSubject1">
     <w:name w:val="Comment Subject1"/>
     <w:basedOn w:val="CommentText1"/>
     <w:next w:val="CommentText1"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar1">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloCarter">
+    <w:name w:val="Texto de balão Caráter"/>
+    <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar1">
     <w:name w:val="Comment Text Char1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Assuntodecomentrio">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar1"/>
+    <w:basedOn w:val="Textodecomentrio"/>
+    <w:next w:val="Textodecomentrio"/>
+    <w:link w:val="AssuntodecomentrioCarter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar1">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodecomentrioCarter">
+    <w:name w:val="Assunto de comentário Caráter"/>
+    <w:link w:val="Assuntodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Reviso">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Hiperligaovisitada">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...1 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Carter">
+    <w:name w:val="Título 3 Caráter"/>
+    <w:link w:val="Ttulo3"/>
     <w:rsid w:val="005D5129"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Refdenotadefim">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="007967A9"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12074486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="155152818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16813,70 +16552,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005F10E1FC05A378408720F382C7B291F4" ma:contentTypeVersion="17" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="1e4f982d3b401f85a94df04bd0ae6123">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="124a1570-02ac-4926-bad7-1b169c4b074a" xmlns:ns3="1a654334-891d-4dc4-8e26-a6ed535f4837" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9ca245d77fd0f48ec8decb23ca199eb8" ns2:_="" ns3:_="">
     <xsd:import namespace="124a1570-02ac-4926-bad7-1b169c4b074a"/>
     <xsd:import namespace="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -17081,107 +16800,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="124a1570-02ac-4926-bad7-1b169c4b074a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1a654334-891d-4dc4-8e26-a6ed535f4837" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6856F0D-11A4-4D83-82A9-D12FFD95A384}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68E4BCB8-96A3-457D-BCB6-0EF380D9177B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="124a1570-02ac-4926-bad7-1b169c4b074a"/>
     <ds:schemaRef ds:uri="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70374B0E-50DB-46DA-A69E-4E278AAC3007}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="124a1570-02ac-4926-bad7-1b169c4b074a"/>
+    <ds:schemaRef ds:uri="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6856F0D-11A4-4D83-82A9-D12FFD95A384}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6A78570-B26A-46B3-9F6A-D82D40E67DB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>REP.DOTM</Template>
+  <Template>REP</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1004</Words>
-  <Characters>5423</Characters>
+  <Words>963</Words>
+  <Characters>5493</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="10" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -17189,51 +16928,51 @@
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6415</CharactersWithSpaces>
+  <CharactersWithSpaces>6444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://ec.europa.eu/education/tools/isced-f_en.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -17331,27 +17070,45 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Type">
     <vt:lpwstr>Eurolook Report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Language">
     <vt:lpwstr>FR</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="EL_Language">
     <vt:lpwstr>FR</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ELDocType">
     <vt:lpwstr>rep.dot</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_DocHome">
     <vt:i4>-2016780166</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ContentTypeId">
     <vt:lpwstr>0x0101005F10E1FC05A378408720F382C7B291F4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5bac1b20-f04b-4770-91f6-ebde0298ad6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="_edoclink_CC_2009170631">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="_edoclink_CC_1525367799">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="_edoclink_CC_1865860397">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="_edoclink_CC_2225944198">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="_edoclink_CC_759108802">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="_edoclink_CC_424539863">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
 </Properties>
 </file>