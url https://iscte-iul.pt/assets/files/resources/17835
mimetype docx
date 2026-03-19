--- v0 (2026-02-06)
+++ v1 (2026-03-19)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="340AD29A" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00FB6B38" w:rsidP="001E31B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6505C947" w14:textId="01DDC63D" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="001E31B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -143,51 +143,51 @@
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32D7FDFE" w14:textId="5F4E6ACA" w:rsidR="00FB6B38" w:rsidRDefault="00FB6B38" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="28"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55C3D886" w14:textId="23D79F88" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="001E31B6">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textodecomentrio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Planned period of the training</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
@@ -1511,115 +1511,139 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>International Relations Office</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CC078F8" w14:textId="4904B703" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="001E31B6" w:rsidP="001E31B6">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004577DC">
-[...17 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004577DC">
-[...19 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="004577DC">
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004577DC">
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="004577DC" w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F431DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="213C20D2" w14:textId="79427D38" w:rsidR="004577DC" w:rsidRDefault="004577DC" w:rsidP="001E31B6">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1643,51 +1667,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> +351 217 903 000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EED7365" w14:textId="6EF9CFAA" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="004577DC" w:rsidP="001E31B6">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00B21275">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hiperligao"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="fr-BE"/>
                 </w:rPr>
                 <w:t>iro@iscte-iul.pt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F318AF8" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00FB6B38" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0586A332" w14:textId="3FDA01DE" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -2005,100 +2029,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34ACB5CE" w14:textId="33BF1BDE" w:rsidR="00500D98" w:rsidRPr="004577DC" w:rsidRDefault="00DA520F" w:rsidP="00500D98">
+          <w:p w14:paraId="34ACB5CE" w14:textId="33BF1BDE" w:rsidR="00500D98" w:rsidRPr="004577DC" w:rsidRDefault="00F431DC" w:rsidP="00500D98">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1209328223"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FB6B38" w:rsidRPr="004577DC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00500D98" w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&lt;250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62DAAC66" w14:textId="1368C07A" w:rsidR="00500D98" w:rsidRPr="004577DC" w:rsidRDefault="00DA520F" w:rsidP="00500D98">
+          <w:p w14:paraId="62DAAC66" w14:textId="1368C07A" w:rsidR="00500D98" w:rsidRPr="004577DC" w:rsidRDefault="00F431DC" w:rsidP="00500D98">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-397286344"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -2238,51 +2262,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CC71F6E" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00500D98">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E423F4" w:rsidRPr="004577DC" w14:paraId="383E3D38" w14:textId="77777777" w:rsidTr="004577DC">
+      <w:tr w:rsidR="00E423F4" w:rsidRPr="00F431DC" w14:paraId="383E3D38" w14:textId="77777777" w:rsidTr="004577DC">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27DA429B" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00500D98">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
@@ -2380,58 +2404,58 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A555F84" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00500D98">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7041E74B" w14:textId="4DCD5EBE" w:rsidR="00A92F7F" w:rsidRPr="00E24B24" w:rsidRDefault="00A92F7F" w:rsidP="00A92F7F">
+    <w:p w14:paraId="7041E74B" w14:textId="4DCD5EBE" w:rsidR="00A92F7F" w:rsidRPr="00F431DC" w:rsidRDefault="00A92F7F" w:rsidP="00A92F7F">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="auto"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DEB5090" w14:textId="141CC957" w:rsidR="00A92F7F" w:rsidRDefault="00D03E19" w:rsidP="00E24B24">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
@@ -2558,80 +2582,80 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="411C4397" w14:textId="77777777" w:rsidR="004577DC" w:rsidRPr="00E24B24" w:rsidRDefault="004577DC" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="002060"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31914C4F" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E293085" w14:textId="31B40716" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PROPOSED MOBILITY PROGRAMME</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC2A3C6" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D3717AC" w14:textId="7459D92F" w:rsidR="00E423F4" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:pStyle w:val="Text4"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -2654,51 +2678,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9631" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9631"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E423F4" w:rsidRPr="004577DC" w14:paraId="55B07E66" w14:textId="77777777" w:rsidTr="00FB6B38">
+      <w:tr w:rsidR="00E423F4" w:rsidRPr="00F431DC" w14:paraId="55B07E66" w14:textId="77777777" w:rsidTr="00FB6B38">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DC6F8E5" w14:textId="57FA0ACD" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
@@ -2970,51 +2994,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="375A32E2" w14:textId="5CA7BB79" w:rsidR="00E24B24" w:rsidRPr="004577DC" w:rsidRDefault="00E24B24" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E423F4" w:rsidRPr="004577DC" w14:paraId="500711F5" w14:textId="77777777" w:rsidTr="00FB6B38">
+      <w:tr w:rsidR="00E423F4" w:rsidRPr="00F431DC" w14:paraId="500711F5" w14:textId="77777777" w:rsidTr="00FB6B38">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="305A37D8" w14:textId="15B122B3" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -3116,51 +3140,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A3B4D07" w14:textId="503F883C" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E423F4" w:rsidRPr="004577DC" w14:paraId="2944D352" w14:textId="77777777" w:rsidTr="00FB6B38">
+      <w:tr w:rsidR="00E423F4" w:rsidRPr="00F431DC" w14:paraId="2944D352" w14:textId="77777777" w:rsidTr="00FB6B38">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EC2E5CF" w14:textId="06649A4F" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -3275,51 +3299,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07C19A30" w14:textId="136EDA8C" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E423F4" w:rsidRPr="004577DC" w14:paraId="2DD81DAF" w14:textId="77777777" w:rsidTr="00FB6B38">
+      <w:tr w:rsidR="00E423F4" w:rsidRPr="00F431DC" w14:paraId="2DD81DAF" w14:textId="77777777" w:rsidTr="00FB6B38">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76B6CB25" w14:textId="49988B77" w:rsidR="00FB6B38" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00E24B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -3484,63 +3508,63 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A8B55E5" w14:textId="7E6B0F40" w:rsidR="004577DC" w:rsidRDefault="004577DC" w:rsidP="00E423F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C34FB04" w14:textId="77777777" w:rsidR="004577DC" w:rsidRPr="00E24B24" w:rsidRDefault="004577DC" w:rsidP="00E423F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0221C4A7" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="062121B0" w14:textId="172B6AE2" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>COMMITMENT OF THE THREE PARTIES</w:t>
       </w:r>
@@ -3557,51 +3581,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40161A91" w14:textId="50CA5C7A" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>By signing</w:t>
       </w:r>
       <w:r w:rsidR="00FB6B38" w:rsidRPr="004577DC">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> this document, the staff member, the sending institution and the receiving institution/enterprise confirm that they approve the proposed mobility agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0602A8" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -3703,52 +3727,50 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AF6136" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The staff member and the beneficiary institution commit to the requirements set out in the grant agreement signed between them.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="503124CA" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004577DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The staff member and the receiving institution/enterprise will communicate to the sending institution any problems or changes regarding the proposed mobility programme or mobility period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085D40DD" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="004577DC" w:rsidRDefault="00E423F4" w:rsidP="00FB6B38">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -3757,51 +3779,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9490" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D03E19" w:rsidRPr="004577DC" w14:paraId="06030C57" w14:textId="77777777" w:rsidTr="00D03E19">
+      <w:tr w:rsidR="00D03E19" w:rsidRPr="00F431DC" w14:paraId="06030C57" w14:textId="77777777" w:rsidTr="00D03E19">
         <w:trPr>
           <w:trHeight w:val="1197"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7C8E0BD7" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -3834,51 +3856,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0C3FC8B2" w14:textId="32CDA7CC" w:rsidR="00D03E19" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Refdenotaderodap"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
               <w:t>Date:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -3898,150 +3920,150 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9490" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D03E19" w:rsidRPr="004577DC" w14:paraId="2AFB912C" w14:textId="77777777" w:rsidTr="00D03E19">
+      <w:tr w:rsidR="00D03E19" w:rsidRPr="00F431DC" w14:paraId="2AFB912C" w14:textId="77777777" w:rsidTr="00D03E19">
         <w:trPr>
           <w:trHeight w:val="1219"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="317BAF05" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The sending institution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FC9DC1" w14:textId="77777777" w:rsidR="00DA520F" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
+          <w:p w14:paraId="69FC9DC1" w14:textId="63D82971" w:rsidR="00DA520F" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of the responsible person:</w:t>
             </w:r>
             <w:r w:rsidR="004577DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004577DC" w:rsidRPr="004577DC">
+            <w:r w:rsidR="00F431DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Prof. Maria das Dores Guerreiro</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="70F60FA8" w14:textId="53A131B4" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="004577DC" w:rsidP="00DA520F">
+              <w:t>Alejandra Ortiz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F60FA8" w14:textId="40B1E184" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00F431DC" w:rsidP="00DA520F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="3348"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004577DC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Vice-rector for Internationalisation</w:t>
+              <w:t>Director of IRO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC38CC1" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00E423F4" w:rsidP="00D03E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24B24">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
@@ -4228,81 +4250,81 @@
     <w:p w14:paraId="279F7FAA" w14:textId="3C80CE84" w:rsidR="00D03E19" w:rsidRPr="00E24B24" w:rsidRDefault="00D03E19" w:rsidP="00FB6B38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="954"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A491185" w14:textId="24639A28" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Adaptations of this template:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3031DBAE" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In case the mobility combines teaching and training activities, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -4322,678 +4344,578 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mobility agreement for teaching template</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be used and adjusted to fit both activity types.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C57D2E" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the case of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mobility between Programme and Partner Countries</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, this agreement must be always signed by the staff member, the Programme Country </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (the beneficiary) and the receiving organisation (four signatures in total).</w:t>
+        <w:t>, this agreement must be always signed by the staff member, the Programme Country HEI as beneficiary and the Partner Country HEI as sending or receiving organisation. In case of mobility from Partner Country HEIs to Programme Country enterprises the last box should be duplicated to include the signature of the Programme Country HEI (the beneficiary) and the receiving organisation (four signatures in total).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5FEE74" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Seniority:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Junior (approx. &lt; 10 years of experience), Intermediate (approx. &gt; 10 and &lt; 20 years of experience) or Senior (approx. &gt; 20 years of experience).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4BC070" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Nationality: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country to which the person belongs administratively and that issues the ID card and/or passport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2282E5" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus Code: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A unique identifier that every higher education institution that has been awarded with the Erasmus Charter for Higher Education receives. It is only applicable to higher education institutions located in Programme Countries.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D046ED8" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country code</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: ISO 3166-2 country codes available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:anchor="search" w:history="1">
         <w:r w:rsidRPr="00E24B24">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.iso.org/obp/ui/#search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1D44A3" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any Programme Country enterprise or, more generally, any public or private organisation active in the labour market or in the fields of education, training and youth (training of staff members from Programme Country </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> in Partner Country non-academic partners is not eligible).</w:t>
+        <w:t>Any Programme Country enterprise or, more generally, any public or private organisation active in the labour market or in the fields of education, training and youth (training of staff members from Programme Country HEIs in Partner Country non-academic partners is not eligible).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DEF7D6" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country code</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: ISO 3166-2 country codes available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="search" w:history="1">
         <w:r w:rsidRPr="00E24B24">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hiperligao"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.iso.org/obp/ui/#search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10BCD9D1" w14:textId="02CAA7DB" w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidRDefault="00FB6B38" w:rsidP="00D03E19">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24B24">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Circulating papers with original signatures is not compulsory. Scanned copies of signatures or electronic signatures may be accepted, depending on the national legislation of the country of the sending institution (in the case of mobility with Partner Countries: the national legislation of the Programme Country). Certificates of attendance can be provided electronically or through any other means accessible to the staff member and the sending institution.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E423F4" w:rsidRPr="00E24B24" w:rsidSect="00FB6B38">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="731B5A10" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70DD6163" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2AB0B50D" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="23528B37" w14:textId="77777777" w:rsidR="00E423F4" w:rsidRDefault="00E423F4" w:rsidP="00E423F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59A69BA0" w14:textId="0800AE3A" w:rsidR="00FB6B38" w:rsidRDefault="00FB6B38">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="00DC5B69">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E94FAC4" wp14:editId="2B37F3E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="topMargin">
             <wp:posOffset>622935</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1454150" cy="295275"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="6" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -5220,51 +5142,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3E778F71" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:84.9pt;margin-top:3.05pt;width:136.1pt;height:44.95pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuTBcatAIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8rLnBBQSdWGME3q&#10;XqR2P8ABE6yBzWwn0FX77zubJE1bTZq28QHZvvNzz909vsursWvRninNpchweBFgxEQpKy62Gf56&#10;X3gLjLShoqKtFCzDD0zjq+XbN5dDn7JINrKtmEIAInQ69BlujOlT39dlwzqqL2TPBBhrqTpqYKu2&#10;fqXoAOhd60dBMPcHqapeyZJpDaf5ZMRLh1/XrDSf61ozg9oMAzfj/sr9N/bvLy9pulW0b3h5oEH/&#10;gkVHuYCgJ6icGop2ir+C6nippJa1uShl58u65iVzOUA2YfAim7uG9szlAsXR/alM+v/Blp/2XxTi&#10;VYYjKI+gHfTono0G3cgRxbY8Q69T8Lrrwc+McAxtdqnq/laW3zQSctVQsWXXSsmhYbQCeqG96Z9d&#10;nXC0BdkMH2UFYejOSAc01qqztYNqIEAHHg+n1lgqpQ0ZRwsSg6kE2ywOFvOZC0HT4+1eafOeyQ7Z&#10;RYYVtN6h0/2tNpYNTY8uNpiQBW9b1/5WPDsAx+kEYsNVa7MsXDcfkyBZL9YL4pFovvZIkOfedbEi&#10;3rwI41n+Ll+t8vCnjRuStOFVxYQNc1RWSP6scweNT5o4aUvLllcWzlLSartZtQrtKSi7cN+hIGdu&#10;/nMargiQy4uUwogEN1HiFfNF7JGCzLwECuwFYXKTzAOSkLx4ntItF+zfU0JDhpNZNJvE9NvcAve9&#10;zo2mHTcwO1reZXhxcqKpleBaVK61hvJ2Wp+VwtJ/KgW0+9hoJ1ir0UmtZtyMgGJVvJHVA0hXSVAW&#10;iBAGHiwaqX5gNMDwyLD+vqOKYdR+ECD/JCQE3IzbkFls35Y6t2zOLVSUAJVhg9G0XJlpQu16xbcN&#10;RJoenJDX8GRq7tT8xOrw0GBAuKQOw8xOoPO983oauctfAAAA//8DAFBLAwQUAAYACAAAACEA4z89&#10;FtoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdCAIN2VQIxBVEgUq9&#10;beNtEhGvo9htwt9jTnAczWjmTbmeXa9OPIbOC8JyYUCx1N520iB8vD9f3YEKkcRS74URvjnAujo/&#10;K6mwfpI3Pm1io1KJhIIQ2hiHQutQt+woLPzAkryDHx3FJMdG25GmVO56nRmTa0edpIWWBn5suf7a&#10;HB3C58tht702r82TuxkmPxstbqURLy/mh3tQkef4F4Zf/IQOVWLa+6PYoHqEdCQi5EtQycxuswzU&#10;HmGVG9BVqf/TVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbkwXGrQCAAC6BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4z89FtoAAAAFAQAA&#10;DwAAAAAAAAAAAAAAAAAOBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:84.9pt;margin-top:3.05pt;width:136.1pt;height:44.95pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcZjU83wEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkiYz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EUSRPjznkN5ej33HDgq9AVvy+SznTFkJtbFNyZ++37/b&#10;cOaDsLXowKqSH5Xn17u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWkhqwF4FCbLIaxUDo&#10;fZct8vwqGwBrhyCV9/R6NyX5LuFrrWT4qrVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1J0Igu3RvILqjUTwoMNMQp+B1kaqpIHUzPO/1Dy2wqmkhczx7myT/3+w8svh0X1DFsYPMNIAkwjv&#10;HkD+8MzCbStso24QYWiVqKnxPFqWDc4Xp0+j1b7wEaQaPkNNQxb7AAlo1NhHV0gnI3QawPFsuhoD&#10;k7HlerFZriklKbda55urVWohiuevHfrwUUHP4qXkSENN6OLw4ENkI4rnktjMwr3pujTYzv7xQIXx&#10;JbGPhCfqYaxGqo4qKqiPpANh2hPaa7q0gL84G2hHSu5/7gUqzrpPlrx4P18u41KlYLlaLyjAy0x1&#10;mRFWElTJA2fT9TZMi7h3aJqWOk3uW7gh/7RJ0l5YnXjTHiTFp52Ni3YZp6qXP2v3GwAA//8DAFBL&#10;AwQUAAYACAAAACEA4z89FtoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KjdCAIN2VQIxBVEgUq9beNtEhGvo9htwt9jTnAczWjmTbmeXa9OPIbOC8JyYUCx1N520iB8vD9f&#10;3YEKkcRS74URvjnAujo/K6mwfpI3Pm1io1KJhIIQ2hiHQutQt+woLPzAkryDHx3FJMdG25GmVO56&#10;nRmTa0edpIWWBn5suf7aHB3C58tht702r82TuxkmPxstbqURLy/mh3tQkef4F4Zf/IQOVWLa+6PY&#10;oHqEdCQi5EtQycxuswzUHmGVG9BVqf/TVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;3GY1PN8BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4z89FtoAAAAFAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="22672DF4" w14:textId="77777777" w:rsidR="00FB6B38" w:rsidRPr="001E31B6" w:rsidRDefault="00FB6B38" w:rsidP="00FB6B38">
                     <w:pPr>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="3119"/>
                       </w:tabs>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001E31B6">
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
@@ -5346,51 +5268,51 @@
                     <w:r w:rsidRPr="00AD66BB">
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:color w:val="003CB4"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="078061EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A1CAA3C"/>
     <w:lvl w:ilvl="0" w:tplc="CDD041BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5559,90 +5481,90 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F734306"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="406E0E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Ttulo3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Ttulo4"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
@@ -6190,204 +6112,206 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1282151286">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1827476156">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="paragraph"/>
         <w:lvlText w:val="I.%1.%2"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1851530607">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1200971282">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1042442047">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1077288699">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1446924487">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1511985217">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="214045899">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E423F4"/>
     <w:rsid w:val="00116906"/>
     <w:rsid w:val="00146BC7"/>
     <w:rsid w:val="001E31B6"/>
     <w:rsid w:val="001F10D1"/>
     <w:rsid w:val="002E2F8D"/>
     <w:rsid w:val="00401F4B"/>
     <w:rsid w:val="0041641C"/>
     <w:rsid w:val="004577DC"/>
     <w:rsid w:val="0049409E"/>
     <w:rsid w:val="00500D98"/>
     <w:rsid w:val="005769C6"/>
     <w:rsid w:val="005D22AA"/>
     <w:rsid w:val="005E7552"/>
     <w:rsid w:val="00782F70"/>
     <w:rsid w:val="007E431B"/>
     <w:rsid w:val="0087410E"/>
     <w:rsid w:val="0094241C"/>
+    <w:rsid w:val="0099322B"/>
     <w:rsid w:val="00A92F7F"/>
     <w:rsid w:val="00C87E60"/>
     <w:rsid w:val="00D03E19"/>
     <w:rsid w:val="00D32F4B"/>
     <w:rsid w:val="00DA520F"/>
     <w:rsid w:val="00DB45F5"/>
     <w:rsid w:val="00DC5B69"/>
     <w:rsid w:val="00DF5912"/>
     <w:rsid w:val="00DF677A"/>
     <w:rsid w:val="00E24B24"/>
     <w:rsid w:val="00E423F4"/>
     <w:rsid w:val="00F05EE5"/>
     <w:rsid w:val="00F07CB6"/>
+    <w:rsid w:val="00F431DC"/>
     <w:rsid w:val="00FB6B38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0B0B5BF6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8583715A-1A2C-455D-96AD-E19CA82C4306}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6719,427 +6643,428 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="_AA"/>
     <w:qFormat/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="285" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text1"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Ttulo1Carter"/>
     <w:qFormat/>
     <w:rsid w:val="00A92F7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:smallCaps/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Ttulo2Carter"/>
     <w:qFormat/>
     <w:rsid w:val="00A92F7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Ttulo3Carter"/>
     <w:qFormat/>
     <w:rsid w:val="00A92F7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Text4"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Ttulo4Carter"/>
     <w:qFormat/>
     <w:rsid w:val="00A92F7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="CabealhoCarter"/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter">
+    <w:name w:val="Cabeçalho Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Cabealho"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="RodapCarter"/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapCarter">
+    <w:name w:val="Rodapé Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Rodap"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hiperligao">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:widowControl/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote symbol,Times 10 Point,Exposant 3 Point, Exposant 3 Point,Footnote number,Footnote Reference Number,Footnote reference number,Footnote Reference Superscript,EN Footnote Reference,note TESI,Voetnootverwijzing,fr,o,FR,FR1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
     <w:name w:val="Text 1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:widowControl/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="483"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:link w:val="TextodenotaderodapCarter"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapCarter">
+    <w:name w:val="Texto de nota de rodapé Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Textodenotaderodap"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="TextodecomentrioCarter"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioCarter">
+    <w:name w:val="Texto de comentário Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Textodecomentrio"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Refdenotadefim">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Textodenotadefim">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:link w:val="TextodenotadefimCarter1"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotadefimCarter">
     <w:name w:val="Texto de nota de fim Caráter"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotadefimCarter1">
+    <w:name w:val="Texto de nota de fim Caráter1"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Textodenotadefim"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text4">
     <w:name w:val="Text 4"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1202"/>
@@ -7211,163 +7136,163 @@
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="paragraphChar">
     <w:name w:val="paragraph Char"/>
     <w:link w:val="paragraph"/>
     <w:rsid w:val="00E423F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="PartI">
     <w:name w:val="Part I"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E423F4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="SemEspaamento">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="NoSpacingChar"/>
+    <w:link w:val="SemEspaamentoCarter"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F07CB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
-[...2 lines deleted...]
-    <w:link w:val="NoSpacing"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SemEspaamentoCarter">
+    <w:name w:val="Sem Espaçamento Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="SemEspaamento"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00F07CB6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Carter">
+    <w:name w:val="Título 1 Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Ttulo1"/>
     <w:rsid w:val="00A92F7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Carter">
+    <w:name w:val="Título 2 Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Ttulo2"/>
     <w:rsid w:val="00A92F7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Carter">
+    <w:name w:val="Título 3 Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00A92F7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Carter">
+    <w:name w:val="Título 4 Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Ttulo4"/>
     <w:rsid w:val="00A92F7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="MenoNoResolvida">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E24B24"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="TabelacomGrelha">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="004577DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/obp/ui/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iro@iscte-iul.pt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/obp/ui/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -7673,58 +7598,51 @@
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate>2019-04-08T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005F10E1FC05A378408720F382C7B291F4" ma:contentTypeVersion="16" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="115de7cb14fc838f1c7dbbc84ace25a5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="124a1570-02ac-4926-bad7-1b169c4b074a" xmlns:ns3="1a654334-891d-4dc4-8e26-a6ed535f4837" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0193871be9f44d1b57a254e6e11e774b" ns2:_="" ns3:_="">
     <xsd:import namespace="124a1570-02ac-4926-bad7-1b169c4b074a"/>
     <xsd:import namespace="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -7927,161 +7845,180 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="124a1570-02ac-4926-bad7-1b169c4b074a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1a654334-891d-4dc4-8e26-a6ed535f4837" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1C946CA-577E-4960-8D16-5455FA6CA7D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C5FBB9F-0FEF-4451-82A3-3C121C5C6ED5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6C989E8-0A28-49B0-837E-69B0AA076AC9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{935E4136-4802-4BD2-AA6A-772C573D9DA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="124a1570-02ac-4926-bad7-1b169c4b074a"/>
     <ds:schemaRef ds:uri="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6C989E8-0A28-49B0-837E-69B0AA076AC9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C5FBB9F-0FEF-4451-82A3-3C121C5C6ED5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1a654334-891d-4dc4-8e26-a6ed535f4837"/>
+    <ds:schemaRef ds:uri="124a1570-02ac-4926-bad7-1b169c4b074a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>809</Words>
-  <Characters>4370</Characters>
+  <Words>767</Words>
+  <Characters>4372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>STAFF MOBILITY for TRAINING</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AN E+ EF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5169</CharactersWithSpaces>
+  <CharactersWithSpaces>5129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>STAFF MOBILITY for TRAINING</dc:title>
   <dc:subject>for TRAINING</dc:subject>
   <dc:creator>Ana Reis</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005F10E1FC05A378408720F382C7B291F4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>1891849a-ebb7-4880-9fea-68d90570dbc8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="AuthorIds_UIVersion_512">
     <vt:lpwstr>46</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="AuthorIds_UIVersion_1024">
     <vt:lpwstr>46</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_edoclink_CC_3085639073">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_edoclink_CC_3897680952">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_edoclink_CC_1578474268">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_edoclink_CC_2176533971">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
 </Properties>
 </file>